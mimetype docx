--- v0 (2025-11-21)
+++ v1 (2026-03-04)
@@ -2994,52 +2994,50 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="004B71F7" w:rsidRDefault="004209B0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6606" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="004B71F7" w:rsidRDefault="00342C82">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="160"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -3340,50 +3338,172 @@
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Correo electrónico: _____________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004B71F7" w:rsidRDefault="004B71F7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w:rsidR="007D3494" w:rsidRDefault="007D3494" w:rsidP="007D3494">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>DATOS DEL REPRESENTANTE PARA LOS MOTIVOS DE HIJOS, CONYUGE O CONVIVIENTE DE RESIDENTE TEMPORAL:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D3494" w:rsidRDefault="007D3494" w:rsidP="007D3494">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007D3494" w:rsidRDefault="007D3494" w:rsidP="007D3494">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Nombres y apellidos completos del -Cónyuge/Conviviente, Padre o Madre: ___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D3494" w:rsidRDefault="007D3494" w:rsidP="007D3494">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007D3494" w:rsidRDefault="007D3494" w:rsidP="007D3494">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Número de carnet de residencia: _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D3494" w:rsidRDefault="007D3494" w:rsidP="007D3494">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007D3494" w:rsidRDefault="007D3494" w:rsidP="007D3494">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Fecha de caducidad de la residencia temporal: __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D3494" w:rsidRDefault="007D3494">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
     <w:p w:rsidR="004B71F7" w:rsidRDefault="004B71F7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004B71F7" w:rsidRDefault="00342C82">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -3609,50 +3729,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>DECLARO</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> que lo consignado en este formulario se encuentra en absoluta correspondencia con la verdad, que conozco y entiendo las normas vigentes, que estoy consciente y asumo las consecuencias de presentar información falsa o de inducir en error por medio de la presente a la Autoridad, por lo que </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>DECLARO</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ser responsable de toda la información generada por el presente y asumo las consecuencias legales del mismo, y </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">AUTORIZO </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="20"/>
@@ -3749,51 +3870,50 @@
         </w:rPr>
         <w:t>Términos para la presentación de solicitudes. - Toda solicitud de calificación, renovación o revocatoria de una categoría migratoria, deberá ser presentada dentro de los siguientes términos, según sea el caso:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004B71F7" w:rsidRDefault="00342C82">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Fuentedeprrafopredeter1"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Fuentedeprrafopredeter1"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Los trámites de calificación y renovación de una de las categorías migratorias que requieran el registro de la Bolsa de Empleo, deberán presentarse con al menos (30) treinta días plazo, previo al ingreso del beneficiario a la provincia de Galápagos o vencimiento de la categoría migratoria en los casos de renovación.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004B71F7" w:rsidRDefault="00342C82">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Fuentedeprrafopredeter1"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Fuentedeprrafopredeter1"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>Los trámites de calificación y renovación de una de las categorías migratorias que no requieran de la Bolsa de Empleo, deberán presentarse con al menos (15) quince días plazo, previo al ingreso del beneficiario a la provincia de Galápagos o vencimiento de la categoría migratoria en los casos de renovación.</w:t>
@@ -4084,58 +4204,58 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>C.C. /RUC: _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="004B71F7">
       <w:headerReference w:type="even" r:id="rId7"/>
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1911" w:right="1134" w:bottom="1780" w:left="1134" w:header="1225" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:formProt w:val="0"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00D85592" w:rsidRDefault="00D85592">
+    <w:p w:rsidR="003B6CA0" w:rsidRDefault="003B6CA0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00D85592" w:rsidRDefault="00D85592">
+    <w:p w:rsidR="003B6CA0" w:rsidRDefault="003B6CA0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
@@ -4297,58 +4417,58 @@
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7632065" cy="1964690"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00D85592" w:rsidRDefault="00D85592">
+    <w:p w:rsidR="003B6CA0" w:rsidRDefault="003B6CA0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00D85592" w:rsidRDefault="00D85592">
+    <w:p w:rsidR="003B6CA0" w:rsidRDefault="003B6CA0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="004B71F7" w:rsidRDefault="004B71F7">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="004B71F7" w:rsidRDefault="00342C82">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
@@ -4736,79 +4856,81 @@
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004B71F7"/>
     <w:rsid w:val="00342C82"/>
+    <w:rsid w:val="003B6CA0"/>
     <w:rsid w:val="004209B0"/>
     <w:rsid w:val="004B71F7"/>
+    <w:rsid w:val="007D3494"/>
     <w:rsid w:val="00D85592"/>
     <w:rsid w:val="00E1375C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-EC" w:eastAsia="" w:bidi=""/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="514D8AF3"/>
+  <w14:docId w14:val="4051BF46"/>
   <w15:docId w15:val="{F4200132-312D-4FD4-81C9-14EFAD2ACD39}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="es-EC" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5356,51 +5478,67 @@
       <w:rFonts w:cs="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="Ningunalista">
     <w:name w:val="Ninguna lista"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="WW8Num2">
     <w:name w:val="WW8Num2"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="WW8Num3">
     <w:name w:val="WW8Num3"/>
     <w:qFormat/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:divs>
+    <w:div w:id="661008699">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
@@ -5558,54 +5696,54 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
           <a:tileRect/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1353</Words>
-  <Characters>7445</Characters>
+  <Words>1413</Words>
+  <Characters>7775</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>62</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>64</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>InKulpado666</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8781</CharactersWithSpaces>
+  <CharactersWithSpaces>9170</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Microsoft Office User</dc:creator>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>es-EC</dc:language>
 </cp:coreProperties>
 </file>